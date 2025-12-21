--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,360 +1,715 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...24 lines deleted...]
-  <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
-    <p:sldMasterId id="2147483660" r:id="rId2"/>
+    <p:sldMasterId id="2147483672" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId35"/>
+    <p:notesMasterId r:id="rId8"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="1462" r:id="rId3"/>
-[...30 lines deleted...]
-    <p:sldId id="1459" r:id="rId34"/>
+    <p:sldId id="747" r:id="rId2"/>
+    <p:sldId id="756" r:id="rId3"/>
+    <p:sldId id="749" r:id="rId4"/>
+    <p:sldId id="753" r:id="rId5"/>
+    <p:sldId id="754" r:id="rId6"/>
+    <p:sldId id="755" r:id="rId7"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
+</file>
+
+<file path=ppt/commentAuthors.xml><?xml version="1.0" encoding="utf-8"?>
+<p:cmAuthorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cmAuthor id="1" name="drew" initials="d" lastIdx="1" clrIdx="0">
+    <p:extLst>
+      <p:ext uri="{19B8F6BF-5375-455C-9EA6-DF929625EA0E}">
+        <p15:presenceInfo xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" userId="drew" providerId="None"/>
+      </p:ext>
+    </p:extLst>
+  </p:cmAuthor>
+</p:cmAuthorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
-    <a:srgbClr val="FF99FF"/>
+    <a:srgbClr val="B686DA"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
+  <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+</a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="14997" autoAdjust="0"/>
-    <p:restoredTop sz="94660"/>
+    <p:restoredLeft sz="15992" autoAdjust="0"/>
+    <p:restoredTop sz="93515" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="105" d="100"/>
           <a:sy n="105" d="100"/>
         </p:scale>
-        <p:origin x="113" y="69"/>
+        <p:origin x="65" y="213"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:outlineViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="33" d="100"/>
+        <a:sy n="33" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="-5493"/>
+    </p:cViewPr>
+  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Header Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91435" tIns="45718" rIns="91435" bIns="45718" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91435" tIns="45718" rIns="91435" bIns="45718" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7A026E36-57A3-47EE-B360-4C01E77DCD28}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/6/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:prstClr val="black"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91435" tIns="45718" rIns="91435" bIns="45718" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Notes Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91435" tIns="45718" rIns="91435" bIns="45718" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="8685214"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91435" tIns="45718" rIns="91435" bIns="45718" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685214"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91435" tIns="45718" rIns="91435" bIns="45718" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7EF596C0-D9DC-493D-8AFB-C760AE05E201}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2128601836"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3191311671"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -410,235 +765,146 @@
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...32 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...30 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-</file>
-[...10 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0" algn="ctr">
@@ -653,3258 +919,704 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{8719139C-664D-411C-AAE1-435ED6A68D81}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1351115246"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1124388060"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{7E84EB9D-B053-49A6-9F68-E12D57928C5A}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1662028821"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="257572821"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Vertical Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8724900" y="365125"/>
             <a:ext cx="2628900" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="7734300" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-          </a:p>
-[...256 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{5C986EB0-D02D-4DD5-B328-D2466F7F0308}" type="datetime1">
+            <a:fld id="{4099E3DA-C0E9-4A88-8AC5-EAC107DD5ACA}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E2218D17-624A-4996-8458-E634E28CA05F}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2837076475"/>
-[...1603 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4289087573"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2595691301"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...196 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...11 lines deleted...]
-          </a:lstStyle>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...4 lines deleted...]
-          <p:cNvPr id="3" name="Picture Placeholder 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...97 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
-        </p:txBody>
-[...138 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{C731D076-A2C0-4973-AB65-6610B57C5DB4}" type="datetime1">
+            <a:fld id="{D5983A30-F9E4-4CA1-BF37-09E4B651D1E4}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E2218D17-624A-4996-8458-E634E28CA05F}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="21776462"/>
-[...177 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2526716102"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3835830770"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="1709738"/>
             <a:ext cx="10515600" cy="2852737"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="4589463"/>
             <a:ext cx="10515600" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
@@ -3979,468 +1691,406 @@
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{A7A4D92A-B622-4594-93C8-7A24AEF2A63E}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4242431249"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2143061489"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{8E3D9CAE-96FA-4AB9-B0B1-5D89E4A685E5}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="257170902"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3779740508"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="1681163"/>
             <a:ext cx="5157787" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -4461,119 +2111,108 @@
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2505075"/>
             <a:ext cx="5157787" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1681163"/>
             <a:ext cx="5183188" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -4594,523 +2233,448 @@
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Content Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="2505075"/>
             <a:ext cx="5183188" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{F7D3BA4A-8FBD-420D-AD9F-E3D959E48795}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Footer Placeholder 7">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Slide Number Placeholder 8">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1248841705"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3694297786"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{AB6BF855-1B33-40DD-A86F-4C160C2B6A7F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Footer Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Slide Number Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3934656767"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="812513214"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Date Placeholder 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{476F2B1C-1960-49E0-A967-CAD5DE4A8CE8}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Footer Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3475325384"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4170247379"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
@@ -5145,62 +2709,57 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -5221,274 +2780,243 @@
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Date Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{6B0CF6C7-68D1-427D-BA0C-17075EF25F33}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="923678017"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4270999538"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -5509,221 +3037,188 @@
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Date Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{83726EC0-2311-4711-BD09-1E3B5F918B56}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="833019177"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1905232215"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title Placeholder 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
@@ -5735,211 +3230,195 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-          </a:p>
-[...10 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{E40FF61B-DB6D-4D14-BB44-6586017D356C}" type="datetimeFigureOut">
+            <a:fld id="{99776D3E-509F-4821-8F4D-EFFBCC2DF273}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8610600" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{BE64974E-BDB2-4A47-8CCC-5BFA1604AE97}" type="slidenum">
+            <a:fld id="{45949831-8C71-49A7-A206-657DC8615E42}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="110495750"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4260590790"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483672" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483682" r:id="rId11"/>
+    <p:sldLayoutId id="2147483673" r:id="rId1"/>
+    <p:sldLayoutId id="2147483674" r:id="rId2"/>
+    <p:sldLayoutId id="2147483675" r:id="rId3"/>
+    <p:sldLayoutId id="2147483676" r:id="rId4"/>
+    <p:sldLayoutId id="2147483677" r:id="rId5"/>
+    <p:sldLayoutId id="2147483678" r:id="rId6"/>
+    <p:sldLayoutId id="2147483679" r:id="rId7"/>
+    <p:sldLayoutId id="2147483680" r:id="rId8"/>
+    <p:sldLayoutId id="2147483681" r:id="rId9"/>
+    <p:sldLayoutId id="2147483682" r:id="rId10"/>
+    <p:sldLayoutId id="2147483683" r:id="rId11"/>
   </p:sldLayoutIdLst>
+  <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
@@ -6179,7789 +3658,235 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
-[...507 lines deleted...]
-
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
-[...39 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
-[...10 lines deleted...]
-<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.rchapman.org/posts/Linux_System_Call_Table_for_x86_64/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/torvalds/linux/blob/master/arch/x86/entry/syscalls/syscall_64.tbl" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Content Placeholder 1">
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EA1DF9A-8810-4996-9F65-C9930E0FB710}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7C0F989-0D2A-32AB-E57F-4791C5686DAA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="863117" y="1699469"/>
-            <a:ext cx="10751939" cy="526660"/>
+            <a:off x="2201119" y="810623"/>
+            <a:ext cx="4894428" cy="3570162"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...16 lines deleted...]
-          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4200"/>
+              <a:t>Flipped Wednesday</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{637CC393-9C06-4B44-8D96-EB0172F28A15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82E521C1-8325-ED0E-500D-89D4367B55AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="12"/>
+            <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7321068" y="6356350"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="2201119" y="4547167"/>
+            <a:ext cx="4894428" cy="1288482"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            </a:fld>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="12" name="Title 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC5FB788-0C80-461F-85F8-32ABA3F8F881}"/>
-[...194 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D537BA03-75DF-401C-96F4-D2BDDFCBEF21}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44C92CB8-4499-3D2A-D229-BDA5BBBFA27F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
-          <a:srcRect b="66122"/>
+          <a:srcRect l="2414"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="279780" y="1810141"/>
-            <a:ext cx="11632439" cy="2323322"/>
+            <a:off x="8341630" y="1425956"/>
+            <a:ext cx="3899155" cy="3995608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...24 lines deleted...]
-          <a:ln w="12700">
+          <a:ln w="28575">
             <a:noFill/>
           </a:ln>
         </p:spPr>
-        <p:txBody>
-[...96 lines deleted...]
-          <p:cNvPr id="37" name="Slide Number Placeholder 3">
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD2C5D11-B1F6-44D9-BD1A-0C4579E6AD4D}"/>
-[...131 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C498728-9EE1-4EBC-A586-2770E9D15079}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C53EBC85-68E5-B28F-B977-152BCD3B1FB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="7230533" cy="369332"/>
+          <a:xfrm rot="19941854">
+            <a:off x="1548318" y="3069817"/>
+            <a:ext cx="1681871" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...36 lines deleted...]
-        <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...65 lines deleted...]
-              <a:t>…</a:t>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Double</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2369899932"/>
-[...6387 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="863963014"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="425403740"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -13971,29888 +3896,5320 @@
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="5"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
-                              <p:par>
-[...277 lines deleted...]
-                              </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
-      <p:bldP spid="5" grpId="0" animBg="1"/>
-[...3 lines deleted...]
-      <p:bldP spid="43" grpId="0" animBg="1"/>
+      <p:bldP spid="5" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4BCDAA6-8A4A-681D-AF90-521EC57C9EA6}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDC8FF04-50B9-4125-EAEB-ECA7456BFC44}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Topics</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FF106F5-34B3-E70E-CA21-4B42ABF9CD7B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="924971" y="1602571"/>
+            <a:ext cx="4204422" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>3 Address Code</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3834296874"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="Rectangle 23">
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC5ECB7F-AB80-47AE-B077-E4D7E8B18301}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F074375-57AF-91FE-92E9-61F4591724EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...65 lines deleted...]
-          <p:cNvPr id="25" name="Title 1">
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>W7 – Question 1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5702A07F-FE2A-415C-B59D-31F647692EBD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78C40BFA-EC09-EAC8-ED96-E3025076BCB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9524" y="2049"/>
-            <a:ext cx="12182475" cy="1325563"/>
+            <a:off x="924971" y="2023195"/>
+            <a:ext cx="3038011" cy="2585323"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="12700">
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-            <a:normAutofit/>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...85 lines deleted...]
-              <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>int g;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>int a(int b, int c){</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	if (b){</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>		return 0;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	} else {</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>		b = b - 1 * c;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	}</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	return b;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>}</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Rectangle: Rounded Corners 4">
+          <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ED14ACE-2571-4453-ACC9-96C0CB8668EC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65935A3B-65CE-80FF-D165-A8A053849899}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5426312" y="2449262"/>
-[...78 lines deleted...]
-            <a:ext cx="1215483" cy="468351"/>
+            <a:off x="924971" y="1602571"/>
+            <a:ext cx="4204422" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
-        <p:style>
-[...31 lines deleted...]
-              <a:buFontTx/>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
               <a:buNone/>
-              <a:tabLst/>
-              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...20 lines deleted...]
-          <p:cNvPr id="14" name="Rectangle: Rounded Corners 13">
+              <a:rPr lang="en-US"/>
+              <a:t>Convert the following function into 3AC </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFBDC338-F17B-4CD3-A4FF-2B5B8DF78E8C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3BB2500-D44C-8BED-DC6E-914914927325}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5426312" y="3862702"/>
-            <a:ext cx="914400" cy="468352"/>
+            <a:off x="7178489" y="1527709"/>
+            <a:ext cx="1792157" cy="276999"/>
           </a:xfrm>
-          <a:prstGeom prst="roundRect">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
-        <p:style>
-[...58 lines deleted...]
-          <p:cNvPr id="15" name="Rectangle: Rounded Corners 14">
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>getarg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> 1, [b]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3523C00-91A0-458E-B703-E07D750A0128}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC15B9A6-67A9-C60B-1E0A-1166E9163C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6057284" y="5481878"/>
-            <a:ext cx="1131573" cy="468352"/>
+            <a:off x="7178489" y="1869702"/>
+            <a:ext cx="1792157" cy="276999"/>
           </a:xfrm>
-          <a:prstGeom prst="roundRect">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
-        <p:style>
-[...65 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>getarg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> 2, [c]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF323B78-2CA6-3150-2A58-0B4860581C33}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="2211695"/>
+            <a:ext cx="1240724" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>ifz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> LBL_1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74584143-ACF3-976C-0643-EAAB127A61C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="2553688"/>
+            <a:ext cx="1102866" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>setret</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> 0</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E30D2174-383F-C8FE-29D9-A2677BDD074F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="2895681"/>
+            <a:ext cx="1792157" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>goto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>end_fn_a</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="36" name="Group 35">
+          <p:cNvPr id="24" name="Group 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6A33393-767A-4C5E-80BE-71857E3E8D0C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A14E28B7-F730-C061-07E4-27B8C7D5FFE7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="5275770" y="1797235"/>
-[...2 lines deleted...]
-            <a:chExt cx="1215484" cy="1810737"/>
+            <a:off x="6411243" y="1174173"/>
+            <a:ext cx="1732254" cy="288542"/>
+            <a:chOff x="8405143" y="189923"/>
+            <a:chExt cx="1732254" cy="288542"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="10" name="Rectangle 9">
+            <p:cNvPr id="4" name="TextBox 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9876FE56-BA56-4811-8B8B-6628AB9B2296}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A50C1C6E-EC4C-DDBE-7777-9B39251CE623}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
-            <p:cNvSpPr/>
+            <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4488370" y="1797235"/>
-              <a:ext cx="1215483" cy="468351"/>
+              <a:off x="9172389" y="189923"/>
+              <a:ext cx="965008" cy="276999"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
           </p:spPr>
-          <p:style>
-[...14 lines deleted...]
-          </p:style>
           <p:txBody>
-            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-              </a:pPr>
               <a:r>
-                <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
-[...11 lines deleted...]
-                  <a:cs typeface="+mn-cs"/>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
                 </a:rPr>
-                <a:t>prog.calc</a:t>
+                <a:t>enter a</a:t>
               </a:r>
-              <a:endParaRPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...12 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="11" name="Rectangle 10">
+            <p:cNvPr id="12" name="TextBox 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93FFB40F-1CF4-4322-98E9-25AB6A1F375A}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9A80276-1D5D-651F-5425-F5972C567766}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
-            <p:cNvSpPr/>
+            <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4488371" y="3139621"/>
-              <a:ext cx="1215483" cy="468351"/>
+              <a:off x="8405143" y="201466"/>
+              <a:ext cx="689291" cy="276999"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
-            <a:solidFill>
-[...3 lines deleted...]
-            </a:solidFill>
+            <a:noFill/>
           </p:spPr>
-          <p:style>
-[...14 lines deleted...]
-          </p:style>
           <p:txBody>
-            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-              </a:pPr>
               <a:r>
-                <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
-[...11 lines deleted...]
-                  <a:cs typeface="+mn-cs"/>
+                <a:rPr lang="en-US" dirty="0" err="1">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
                 </a:rPr>
-                <a:t>prog.s</a:t>
+                <a:t>fn_a</a:t>
               </a:r>
-              <a:endParaRPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...12 lines deleted...]
-              </a:endParaRPr>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>:</a:t>
+              </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
-        <p:cxnSp>
-[...83 lines deleted...]
-        </p:cxnSp>
       </p:grpSp>
-      <p:cxnSp>
-[...1 lines deleted...]
-          <p:cNvPr id="19" name="Straight Arrow Connector 18">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01B1F48E-D84D-479D-A4C6-B844BEAD0734}"/>
-[...621 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99A72C9-0169-4F99-BD3C-9FE7E1572E2E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{146BCCBA-BDBB-6AE3-0206-D5C4E6351415}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1295037" y="2149187"/>
-            <a:ext cx="529440" cy="369332"/>
+            <a:off x="7178489" y="3237674"/>
+            <a:ext cx="1378583" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" rtlCol="0">
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...38 lines deleted...]
-          <p:cNvPr id="43" name="Rectangle 42">
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>goto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> LBL_2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BF605BB-CDB8-423A-B879-40B5C866F36E}"/>
-[...246 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB986CA9-CD15-4130-9C64-A0DEBC96356C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{455CAF4F-5723-F621-AF26-4A158C7E0423}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7974334" y="3254229"/>
-            <a:ext cx="2681696" cy="923330"/>
+            <a:off x="7178489" y="3921660"/>
+            <a:ext cx="3032882" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" rtlCol="0">
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...163 lines deleted...]
-          <p:cNvPr id="53" name="Slide Number Placeholder 3">
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>[tmp1] := 1 MULT64 [c]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="25" name="Group 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{741B9E8C-FC3D-4B09-9AB8-60F07EA3347A}"/>
-[...707 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D678ADD7-C9E5-4130-9B92-34E04B5A8103}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4427D045-C9C4-81AF-1DC4-4D1CE771A4C6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="1254141" y="1306970"/>
-[...2 lines deleted...]
-            <a:chExt cx="8686958" cy="1902516"/>
+            <a:off x="6270241" y="3579667"/>
+            <a:ext cx="1321823" cy="276999"/>
+            <a:chOff x="8264141" y="2491222"/>
+            <a:chExt cx="1321823" cy="276999"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="11" name="TextBox 10">
+            <p:cNvPr id="14" name="TextBox 13">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4479408E-2FD6-4AEA-8683-D9085A891C0E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78664E8C-6856-BC11-31BE-E48660E559B1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="7137647" y="1120701"/>
-              <a:ext cx="2329484" cy="369332"/>
+              <a:off x="9172389" y="2491222"/>
+              <a:ext cx="413575" cy="276999"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" rtlCol="0">
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="en-US" i="1" dirty="0">
-[...2 lines deleted...]
-                  </a:solidFill>
+                <a:rPr lang="en-US" dirty="0" err="1">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
                 </a:rPr>
-                <a:t>enable dynamic linking</a:t>
+                <a:t>nop</a:t>
               </a:r>
+              <a:endParaRPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="15" name="Rectangle: Rounded Corners 14">
+            <p:cNvPr id="16" name="TextBox 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A117537-7B55-4774-97D4-DD662CFA7244}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE3FBF07-4167-A0D4-9E90-EC349F03FCE8}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
-            <p:cNvSpPr/>
+            <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1059403" y="2588211"/>
-              <a:ext cx="8686958" cy="435006"/>
+              <a:off x="8264141" y="2491222"/>
+              <a:ext cx="827150" cy="276999"/>
             </a:xfrm>
-            <a:prstGeom prst="roundRect">
+            <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
-          <p:style>
-[...14 lines deleted...]
-          </p:style>
           <p:txBody>
-            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr"/>
-[...95 lines deleted...]
-              <a:endParaRPr lang="en-US"/>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>LBL_1:</a:t>
+              </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3428AB48-B636-071D-930A-ECB0CE82804B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="4263653"/>
+            <a:ext cx="3584315" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>[tmp2] := [b] SUB64 [tmp1]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="TextBox 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F6363A8-4001-D2CE-2BB8-9C6CB52AC03E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="4605646"/>
+            <a:ext cx="1792157" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>[b] := [tmp2]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17505688-89E1-FA66-E9C5-9044E7B8B853}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="5289632"/>
+            <a:ext cx="1378583" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>setret</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> [b]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="TextBox 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0E8411A-04E6-C4B0-33A0-69922D848EEA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="5631625"/>
+            <a:ext cx="1654299" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>goto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>LBL_end</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="22" name="Group 21">
+          <p:cNvPr id="26" name="Group 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD06103F-C7A0-4BFD-893D-35213E78ACEC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B7A47A6-A512-C970-0D30-15B1E573378E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="3062225" y="3748618"/>
-[...2 lines deleted...]
-            <a:chExt cx="4569642" cy="949757"/>
+            <a:off x="6295641" y="4947639"/>
+            <a:ext cx="1296423" cy="276999"/>
+            <a:chOff x="8289541" y="3806250"/>
+            <a:chExt cx="1296423" cy="276999"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="7" name="TextBox 6">
+            <p:cNvPr id="19" name="TextBox 18">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C325311-FC7F-4998-81B7-D3D101CD6CDE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DBB2D97-D680-4C7F-B4A2-FB44F57C722E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4694006" y="4142774"/>
-              <a:ext cx="2743123" cy="369332"/>
+              <a:off x="9172389" y="3806250"/>
+              <a:ext cx="413575" cy="276999"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" rtlCol="0">
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="en-US" i="1" dirty="0" err="1">
-[...2 lines deleted...]
-                  </a:solidFill>
+                <a:rPr lang="en-US" dirty="0" err="1">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
                 </a:rPr>
-                <a:t>init</a:t>
+                <a:t>nop</a:t>
               </a:r>
-              <a:r>
-[...6 lines deleted...]
-              </a:r>
+              <a:endParaRPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="12" name="Rectangle: Rounded Corners 11">
+            <p:cNvPr id="23" name="TextBox 22">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E373D08-51B2-49FB-A300-AAD6232FDB95}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7ECE9643-50EB-6FC7-48F5-A3651D78748B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
-            <p:cNvSpPr/>
+            <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2867487" y="3562349"/>
-              <a:ext cx="1270987" cy="361951"/>
+              <a:off x="8289541" y="3806250"/>
+              <a:ext cx="827150" cy="276999"/>
             </a:xfrm>
-            <a:prstGeom prst="roundRect">
+            <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
-          <p:style>
-[...14 lines deleted...]
-          </p:style>
           <p:txBody>
-            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr"/>
-[...95 lines deleted...]
-              <a:endParaRPr lang="en-US"/>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>LBL_2:</a:t>
+              </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="28" name="Group 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4729FD6E-8E63-4646-B65C-7A2972FEDBAE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FD30F7B-31C3-9F00-711A-313C11C9CB31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="3035592" y="3296181"/>
-[...2 lines deleted...]
-            <a:chExt cx="5037283" cy="901314"/>
+            <a:off x="5878621" y="5973616"/>
+            <a:ext cx="2264876" cy="276999"/>
+            <a:chOff x="5878621" y="5973616"/>
+            <a:chExt cx="2264876" cy="276999"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="18" name="Rectangle 17">
+            <p:cNvPr id="22" name="TextBox 21">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEDE94C6-F142-47AA-9040-B0E21520F397}"/>
-[...49 lines deleted...]
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F4F8446-4FFD-459C-B52E-DEDABAF3E090}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57D6962D-7FBC-9D5D-721D-E64433C2A0D5}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="5922846" y="3189121"/>
-              <a:ext cx="1649426" cy="369332"/>
+              <a:off x="7178489" y="5973616"/>
+              <a:ext cx="965008" cy="276999"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" rtlCol="0">
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="en-US" i="1" dirty="0" err="1"/>
-[...4 lines deleted...]
-                <a:t> code</a:t>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>leave a</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="3" name="Rectangle: Rounded Corners 2">
+            <p:cNvPr id="27" name="TextBox 26">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61B5765E-0BE1-4D03-92C6-CD03B4FDBAD7}"/>
-[...232 lines deleted...]
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BFCDF75-0397-4D88-9B23-4DDF9E36D8E4}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E117689F-24E6-2572-1F17-C4A43F328161}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2607387" y="4278766"/>
-              <a:ext cx="1902700" cy="369332"/>
+              <a:off x="5878621" y="5973616"/>
+              <a:ext cx="1240724" cy="276999"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" rtlCol="0">
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="en-US" i="1" dirty="0">
-[...2 lines deleted...]
-                  </a:solidFill>
+                <a:rPr lang="en-US" dirty="0" err="1">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
                 </a:rPr>
-                <a:t>link the </a:t>
+                <a:t>end_fn_a</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" i="1" dirty="0" err="1">
-[...2 lines deleted...]
-                  </a:solidFill>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
                 </a:rPr>
-                <a:t>libc</a:t>
-[...7 lines deleted...]
-                <a:t> library</a:t>
+                <a:t>:</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
-        <p:sp>
-[...140 lines deleted...]
-        </p:sp>
       </p:grpSp>
-      <p:grpSp>
-[...332 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="190792342"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2537574825"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="21"/>
+                                          <p:spTgt spid="24"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="7" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="8" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="10" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="28"/>
+                                          <p:spTgt spid="5"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="11" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="12" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="14" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="19"/>
+                                          <p:spTgt spid="8"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="15" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="16" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="18" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="22"/>
-[...3350 lines deleted...]
-                                          <p:spTgt spid="36"/>
+                                          <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="19" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="20" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="22" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="24"/>
+                                          <p:spTgt spid="10"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="23" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="24" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="24" dur="1" fill="hold">
+                                        <p:cTn id="26" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="30"/>
+                                          <p:spTgt spid="11"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="27" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="28" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="26" dur="1" fill="hold">
+                                        <p:cTn id="30" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="31" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="32" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="33" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="34" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="25"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="35" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="36" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="37" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="38" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="39" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="40" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="41" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="42" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="17"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="43" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="44" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="45" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="46" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="18"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="47" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="48" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="49" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="50" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="26"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="51" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="52" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="53" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="54" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="20"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="55" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="56" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="57" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="58" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="21"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="59" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="60" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="61" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="62" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="28"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
-      <p:bldP spid="30" grpId="0"/>
-[...5 lines deleted...]
-      <p:bldP spid="5" grpId="0" animBg="1"/>
+      <p:bldP spid="5" grpId="0"/>
+      <p:bldP spid="8" grpId="0"/>
+      <p:bldP spid="9" grpId="0"/>
+      <p:bldP spid="10" grpId="0"/>
+      <p:bldP spid="11" grpId="0"/>
+      <p:bldP spid="13" grpId="0"/>
+      <p:bldP spid="15" grpId="0"/>
+      <p:bldP spid="17" grpId="0"/>
+      <p:bldP spid="18" grpId="0"/>
+      <p:bldP spid="20" grpId="0"/>
+      <p:bldP spid="21" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD2A85EF-53CB-FB11-3106-DE323A8D6F2D}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29" name="Slide Number Placeholder 3">
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40794775-5E5B-4099-AD32-3B7536096AE5}"/>
-[...131 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44ECBE7D-C35A-4827-9D25-5D8DCC2F4271}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B144CCDD-1665-1390-C308-4ABB3EAE5B27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...56 lines deleted...]
-          <p:cNvPr id="2" name="Title 1">
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>W7 – Question 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79E13E9B-197A-89D0-EB5E-B56B3C6FE981}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9AAE0F9-1934-21DA-E271-FD1C6728115D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9524" y="2049"/>
-            <a:ext cx="12182475" cy="1325563"/>
+            <a:off x="924971" y="2132299"/>
+            <a:ext cx="3038011" cy="2585323"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="12700">
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-            <a:normAutofit/>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...76 lines deleted...]
-          <p:cNvPr id="3" name="Picture 2">
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>int v(int a){</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	while (a &lt; 2){</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>		while (a &lt; 3){</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>			a++;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>		}</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>		a++;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	}</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	return a;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>}</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6034CB81-1A1C-DD29-B9B4-DDF362C01F72}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32134D12-65FD-5857-4A0A-55423C0A7BDE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...5 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="303981" y="1408859"/>
-            <a:ext cx="4448175" cy="2419350"/>
+            <a:off x="924971" y="1602571"/>
+            <a:ext cx="4204422" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Convert the following function into 3AC </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAEDEA80-41ED-0712-65B8-A2D2F35FCE03}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="1557435"/>
+            <a:ext cx="1792157" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>getarg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> 1, [a]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3423FE71-4FB0-FACC-90C1-94B1F0D531D2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="2300873"/>
+            <a:ext cx="2895023" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>ifz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> [tmp1] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>goto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> LBL_2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45672283-8EB0-8E1B-9358-084F3881B8FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="3044311"/>
+            <a:ext cx="2895023" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>ifz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> [tmp2] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>goto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> LBL_4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE8A0476-D1B0-F371-FF81-4F5E5EE0C49A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="3416030"/>
+            <a:ext cx="2481449" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>[a] := [a] ADD64 1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="11" name="Group 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7ABC7FD-F999-E89D-A339-8BAC79F3ED1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="6411243" y="1174173"/>
+            <a:ext cx="1732254" cy="288542"/>
+            <a:chOff x="8405143" y="189923"/>
+            <a:chExt cx="1732254" cy="288542"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="TextBox 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFE1687D-2C66-17C8-22BC-51BA1548BBE3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9172389" y="189923"/>
+              <a:ext cx="965008" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>enter v</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="TextBox 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F702B9FF-E580-A8E6-F402-A376825109FD}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8405143" y="201466"/>
+              <a:ext cx="689291" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0" err="1">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>fn_v</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>:</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{302E4002-5389-7986-232B-0732664D332C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="4531187"/>
+            <a:ext cx="2481449" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>[a] := [a] ADD64 1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="16" name="Group 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D436A22-55AC-7C6F-03F6-5F3A7AEA2622}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="6270241" y="4159468"/>
+            <a:ext cx="1321823" cy="276999"/>
+            <a:chOff x="8264141" y="2491222"/>
+            <a:chExt cx="1321823" cy="276999"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="TextBox 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1D8E226-2569-81F4-7E52-5CAE4A1D85B5}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9172389" y="2491222"/>
+              <a:ext cx="413575" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0" err="1">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>nop</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="TextBox 17">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A324F1D1-3A5F-88E8-FD96-2C8CAB0D9C69}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8264141" y="2491222"/>
+              <a:ext cx="827150" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>LBL_4:</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="TextBox 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B99DA05D-0B5F-A26E-57E1-89818B271EAA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="5274625"/>
+            <a:ext cx="1378583" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>setret</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> [a]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="TextBox 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF6A66D7-B696-816B-3433-6049CA49D485}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7178489" y="5646344"/>
+            <a:ext cx="1792157" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>goto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>end_fn_v</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="23" name="Group 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ADDE4B2-F629-35E0-21F9-6FA57247EAA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="6295641" y="4902906"/>
+            <a:ext cx="1296423" cy="276999"/>
+            <a:chOff x="8289541" y="3806250"/>
+            <a:chExt cx="1296423" cy="276999"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="TextBox 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCE8F62D-7D7B-A039-0437-758AFA4155FC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9172389" y="3806250"/>
+              <a:ext cx="413575" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0" err="1">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>nop</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="25" name="TextBox 24">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32AD4585-353A-E6C4-00AF-2B9F84759FA0}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8289541" y="3806250"/>
+              <a:ext cx="827150" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>LBL_2:</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="26" name="Group 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42F283DE-4277-1AD4-238B-B3765D3E64B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5878621" y="6018066"/>
+            <a:ext cx="2264876" cy="276999"/>
+            <a:chOff x="5878621" y="5973616"/>
+            <a:chExt cx="2264876" cy="276999"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="27" name="TextBox 26">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FC8A419-23BB-6AC1-673F-D1084CA66D2E}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7178489" y="5973616"/>
+              <a:ext cx="965008" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>leave v</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="28" name="TextBox 27">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F9FD5B5-3FB4-62EA-197E-0DE59B237603}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5878621" y="5973616"/>
+              <a:ext cx="1240724" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0" err="1">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>end_fn_a</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>:</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="30" name="Group 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC7BD7AC-7395-687A-F08F-AF4F13053C13}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="6270241" y="1929154"/>
+            <a:ext cx="3665413" cy="276999"/>
+            <a:chOff x="8264141" y="2491222"/>
+            <a:chExt cx="3665413" cy="276999"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="31" name="TextBox 30">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F62FB3A3-4842-D85E-1C98-7382C5BAAF7D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9172389" y="2491222"/>
+              <a:ext cx="2757165" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>[tmp1] := [a] LT64 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="32" name="TextBox 31">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61C49CB2-81E7-8426-FD33-89249EAA7872}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8264141" y="2491222"/>
+              <a:ext cx="827150" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>LBL_1:</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="33" name="Group 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12B35E0B-201B-0B43-099F-B0AF6FA74036}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="6219441" y="2672592"/>
+            <a:ext cx="3665413" cy="276999"/>
+            <a:chOff x="8264141" y="2491222"/>
+            <a:chExt cx="3665413" cy="276999"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="34" name="TextBox 33">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A604B11-B5FC-2A00-F006-4F652DEC62A0}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9172389" y="2491222"/>
+              <a:ext cx="2757165" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>[tmp2] := [a] LT64 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="35" name="TextBox 34">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{229D448A-5602-1E74-28B7-24351A9676F6}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8264141" y="2491222"/>
+              <a:ext cx="827150" cy="276999"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                  <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                </a:rPr>
+                <a:t>LBL_3:</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="TextBox 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC0E6EFC-9054-AC99-CBE9-4BC17B21E0A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7222939" y="3787749"/>
+            <a:ext cx="1378583" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>goto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> LBL_3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1416809134"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1610143654"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="48">
-[...3 lines deleted...]
-                                          </p:spTgt>
+                                          <p:spTgt spid="11"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="7" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="8" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="10" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="48">
-[...3 lines deleted...]
-                                          </p:spTgt>
+                                          <p:spTgt spid="6"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="11" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="12" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="14" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="48">
-[...3 lines deleted...]
-                                          </p:spTgt>
+                                          <p:spTgt spid="30"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="15" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="16" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="18" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="48">
-[...1262 lines deleted...]
-                                        <p:tgtEl>
                                           <p:spTgt spid="8"/>
-                                        </p:tgtEl>
-[...18183 lines deleted...]
-                                          </p:spTgt>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="19" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="20" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="22" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="45">
-[...3 lines deleted...]
-                                          </p:spTgt>
+                                          <p:spTgt spid="33"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="23" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="24" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="24" dur="1" fill="hold">
+                                        <p:cTn id="26" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="45">
-[...3 lines deleted...]
-                                          </p:spTgt>
+                                          <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="27" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="28" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="26" dur="1" fill="hold">
+                                        <p:cTn id="30" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="45">
-[...3 lines deleted...]
-                                          </p:spTgt>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="31" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="32" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="33" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="34" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="36"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="35" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="36" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="37" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="38" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="39" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="40" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="41" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="42" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="43" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="44" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="45" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="46" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="23"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="47" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="48" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="49" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="50" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="21"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="51" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="52" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="53" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="54" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="55" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="56" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="57" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="58" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="26"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="6" grpId="0"/>
+      <p:bldP spid="8" grpId="0"/>
+      <p:bldP spid="9" grpId="0"/>
+      <p:bldP spid="10" grpId="0"/>
+      <p:bldP spid="15" grpId="0"/>
+      <p:bldP spid="21" grpId="0"/>
+      <p:bldP spid="22" grpId="0"/>
+      <p:bldP spid="36" grpId="0"/>
+    </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9A4E48C-64A8-2DCC-C5B0-4A3CAD7724C0}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="8" name="Picture 7">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D537BA03-75DF-401C-96F4-D2BDDFCBEF21}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D327819-BA4D-4C12-22B1-7E9DCDF03931}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...21 lines deleted...]
-          <p:cNvPr id="25" name="Title 1">
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>W7 – Question 3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5702A07F-FE2A-415C-B59D-31F647692EBD}"/>
-[...253 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C498728-9EE1-4EBC-A586-2770E9D15079}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20D0CA4E-A9B5-DCEB-AAB1-1323ED4D4712}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="761999" y="1295913"/>
-            <a:ext cx="7230533" cy="369332"/>
+            <a:off x="924971" y="2069957"/>
+            <a:ext cx="4044697" cy="2862322"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
-                <a:hlinkClick r:id="rId3"/>
-[...9 lines deleted...]
-          <p:cNvPr id="9" name="TextBox 8">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>    </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>fn_k</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>: enter k</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>          </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>getarg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> 1, [b]</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>          [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>] = [b]</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>   lbl_1: [t] = [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>] LT64 10</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>          </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>ifz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> [t] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>goto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> lbl_2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>          [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>] = [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>] ADD64 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>          WRITE [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>]</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>          </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>goto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> lbl_1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>   lbl_2: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>nop</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>fn_end_k</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>: leave k</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107F54EB-8891-4265-BF1B-6F78874B6152}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FC51151-6529-00D2-96CF-9C8BD4E3E5A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="5400000">
-[...1 lines deleted...]
-            <a:ext cx="343364" cy="369332"/>
+          <a:xfrm>
+            <a:off x="924970" y="1602571"/>
+            <a:ext cx="5171029" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" rtlCol="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>…</a:t>
-[...6 lines deleted...]
-          <p:cNvPr id="12" name="Picture 11">
+              <a:t>Convert the 3AC procedure into source code</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26DE6D69-D57E-448D-A7D6-6EEB14600E7D}"/>
-[...29 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B515B9A-62E8-4452-BA43-FA7A1354EAA2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{705335E8-B9BD-1903-44A3-1B1D40C9B9CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="5400000">
-[...1 lines deleted...]
-            <a:ext cx="343364" cy="369332"/>
+          <a:xfrm>
+            <a:off x="6664565" y="4809088"/>
+            <a:ext cx="322524" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...7 lines deleted...]
-          <p:cNvPr id="17" name="Rectangle: Rounded Corners 16">
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>}</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54AACAE4-728B-4C7E-903B-6A63925DCB69}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D729DF0B-C073-3B04-1E15-81A30202B352}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="279780" y="2590800"/>
-            <a:ext cx="11632439" cy="561975"/>
+            <a:off x="6887621" y="2657204"/>
+            <a:ext cx="1287532" cy="369332"/>
           </a:xfrm>
-          <a:prstGeom prst="roundRect">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="28575">
-[...3 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...20 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> : int;</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A95D51B2-46BE-E340-272E-4B16F081E525}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6906671" y="3374498"/>
+            <a:ext cx="2252540" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>while (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> &lt; 10){</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E914F59-4983-E829-06F0-F481E2F6C2F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6925721" y="4450439"/>
+            <a:ext cx="322524" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>}</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CF0CFD6-5A5F-4AF9-A3C6-8A6D59CB4E09}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7452771" y="3733145"/>
+            <a:ext cx="736099" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>++;</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C17899C8-247F-8FBA-3324-3DB73534F6BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7484521" y="4091792"/>
+            <a:ext cx="1425390" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>out &lt;&lt; I;</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9B76EEA-08FF-A3F4-02E0-D46AA662D8E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6664565" y="2298557"/>
+            <a:ext cx="2941831" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>k :           void {</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A1B067-EE2D-ECEC-E3B4-C60894F7CAAB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7215940" y="2298557"/>
+            <a:ext cx="1425390" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>(b : int)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1EA665B-7AC6-9D3C-7F74-E8FB83F778B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6896954" y="3015851"/>
+            <a:ext cx="1011815" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> = b;</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="45067421"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="394796388"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4AF494C-7A48-18E6-4906-8AC387509F93}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A9E070D-0E1D-BE47-51F8-1435D7DC737C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>W7 – Question 4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{358D30FB-D08D-7FD7-9D8D-21DDA9480E1B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1569758"/>
+            <a:ext cx="10619509" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Assume a language that allows for pass-by-reference or pass-by-value parameters. What would the 3AC code look like for a pass-by-reference call? Illustrate with an example. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3A82D05-F459-BE93-7C24-E85B1D94C61D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1333500" y="2660650"/>
+            <a:ext cx="10422661" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>Don’t use the brackets around the variable (which indicate a memory lookup) in the generated </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1"/>
+              <a:t>setarg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t> / </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1"/>
+              <a:t>getarg</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{672C1A48-F3D4-3EC4-F8D0-B0AF53CE23E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3149600" y="3562350"/>
+            <a:ext cx="2803973" cy="2308324"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>void foo(int&amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>arg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>){</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>arg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> = 3;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>}</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>int main(){</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	int p;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>	foo(p);</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>}</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4E36351-887C-B586-B894-15EEADEC3269}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6464300" y="3562350"/>
+            <a:ext cx="2528256" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>fn_foo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>: enter foo</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75E89053-A5E4-41D8-B153-0AA101B7651C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7569200" y="3854450"/>
+            <a:ext cx="1976823" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>getarg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> 1, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>arg</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2554076D-F02D-7D09-C5E6-99E05562268B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5905500" y="4146550"/>
+            <a:ext cx="1701107" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>end_fn_foo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B4D6F4C-AC62-CCE3-1B69-6172F2B72595}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7556500" y="4152900"/>
+            <a:ext cx="1425390" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>leave foo</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4FC0590-50E5-96A6-7148-CD35ADE3479A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6318250" y="4616450"/>
+            <a:ext cx="2803973" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>fn_main</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>: enter main</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F9D5F42-74C2-EB5A-1540-743FCC011AEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7569200" y="4908550"/>
+            <a:ext cx="1701107" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>setarg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t> 1, p</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E65C05F-492A-D39E-153E-B2E859FC48C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5765800" y="5200650"/>
+            <a:ext cx="1838965" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>end_fn_main</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10E1CFA0-1831-3C68-7BAB-57AE8B935AED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7556500" y="5207000"/>
+            <a:ext cx="1563248" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+                <a:cs typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              </a:rPr>
+              <a:t>leave main</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="348872423"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="17"/>
-[...1201 lines deleted...]
-                                          <p:spTgt spid="7"/>
+                                          <p:spTgt spid="3"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="7" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -43880,99 +9237,547 @@
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                               <p:par>
                                 <p:cTn id="11" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="12" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="3"/>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="15" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="17" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="18" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="19" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="20" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0"/>
-      <p:bldP spid="11" grpId="0" animBg="1"/>
+      <p:bldP spid="7" grpId="0"/>
+      <p:bldP spid="8" grpId="0"/>
+      <p:bldP spid="9" grpId="0"/>
+      <p:bldP spid="10" grpId="0"/>
+      <p:bldP spid="11" grpId="0"/>
+      <p:bldP spid="12" grpId="0"/>
+      <p:bldP spid="13" grpId="0"/>
+      <p:bldP spid="14" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office 2013 - 2022 Theme">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office 2013 - 2022 Theme">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office 2013 - 2022 Theme">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -44223,719 +10028,93 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-[...598 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Office 2013 - 2022 Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1790</Words>
+  <Words>538</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>458</Paragraphs>
-[...1 lines deleted...]
-  <Notes>1</Notes>
+  <Paragraphs>103</Paragraphs>
+  <Slides>6</Slides>
+  <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>32</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="39" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Courier New</vt:lpstr>
-      <vt:lpstr>Garamond</vt:lpstr>
-[...33 lines deleted...]
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Office 2013 - 2022 Theme</vt:lpstr>
+      <vt:lpstr>Flipped Wednesday</vt:lpstr>
+      <vt:lpstr>Topics</vt:lpstr>
+      <vt:lpstr>W7 – Question 1</vt:lpstr>
+      <vt:lpstr>W7 – Question 2</vt:lpstr>
+      <vt:lpstr>W7 – Question 3</vt:lpstr>
+      <vt:lpstr>W7 – Question 4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>X64</dc:title>
-  <dc:creator>Davidson, Drew</dc:creator>
+  <dc:title>Drew Davidson's Cool Slides</dc:title>
+  <dc:creator>drew</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>